--- v0 (2025-12-09)
+++ v1 (2026-03-12)
@@ -54,174 +54,174 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>DANIEL PEREIRA DO COUTO</t>
   </si>
   <si>
-    <t>https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/130/plc_008_-_2022.pdf</t>
+    <t>http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/130/plc_008_-_2022.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR N.º 19, DE 10 DE ABRIL DE 2012, PARA APLICAÇÃO DO PISO SALARIAL AOS CARGOS DE AGENTE COMUNITÁRIO DE SAÚDE E AGENTE DE COMBATE A ENDEMIAS, CONFORME TERMOS DA EMENDA CONSTITUCIONAL N.º 120, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>DEVANIL LAURINDO DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/135/plc__009.22_-_altera_lc_60.docx</t>
+    <t>http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/135/plc__009.22_-_altera_lc_60.docx</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR N.º 60, DE 09 DE FEVEREIRO DE 2.022.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>DEVANIL LAURINDO DA SILVA, ALEXANDRE SABINO BRAGA, ALEX TIMBIRÉ, ELIVELTON DA SILVA, SANDRO DO OSWALDO, SINVALDO JOSÉ LOPES</t>
   </si>
   <si>
-    <t>https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/152/plc_11-22_-_altera_plano_carreiras_camara.pdf</t>
+    <t>http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/152/plc_11-22_-_altera_plano_carreiras_camara.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR Nº 22, DE 26 DE JUNHO DE 2012 E DA LEI COMPLEMENTAR Nº 60,  DE 09 DE FEVEREIRO DE 2022.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/155/plc_012_-_2022.pdf</t>
+    <t>http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/155/plc_012_-_2022.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 4º DA LEI COMPLEMENTAR Nº 63, DE 25 DE ABRIL DE 2022.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/166/plc_19_-_2022.pdf</t>
+    <t>http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/166/plc_19_-_2022.pdf</t>
   </si>
   <si>
     <t>CONCEDE AUMENTO REAL AO VENCIMENTO DE CARGOS PÚBLICOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>DEVANIL LAURINDO DA SILVA, Mesa Diretora - MD, JOSÉ RONALDO PEREIRA, SANDRO DO OSWALDO</t>
   </si>
   <si>
-    <t>https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/75/plo_revisao_geral_camara_-_servidores.pdf</t>
+    <t>http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/75/plo_revisao_geral_camara_-_servidores.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL DE VENCIMENTOS AOS SERVIDORES EFETIVOS E COMISSIONADOS DA CÂMARA MUNICIPAL DE ITAPEVA, NOS TERMOS DO INCISO X DO ART. 37 DA CONSTITUIÇÃO FEDERAL DE 1988.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/122/plo_26_-_2022.pdf</t>
+    <t>http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/122/plo_26_-_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE VIAGEM A SERVIÇO E CONCESSÃO DE DIÁRIA A SERVIDOR DO PODER EXECUTIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/126/plo_27_-_2022.pdf</t>
+    <t>http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/126/plo_27_-_2022.pdf</t>
   </si>
   <si>
     <t>INSTITUI O BANCO DE HORAS DOS SERVIDORES PÚBLICOS MUNICIPAIS DE ITAPEVA / MG.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/127/plo_28_-2022.pdf</t>
+    <t>http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/127/plo_28_-2022.pdf</t>
   </si>
   <si>
     <t>INSTITUI E DISPÕE SOBRE A JORNADA DE 12 (DOZE) HORAS DE TRABALHO POR 36 (TRINTA E SEIS) HORAS DE DESCANSO NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/128/plo_29_-_2022.pdf</t>
+    <t>http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/128/plo_29_-_2022.pdf</t>
   </si>
   <si>
     <t>INSTITUI O REGIME DE ADIANTAMENTO DE NUMERÁRIO PARA DESPESAS COM VIAGENS DE SERVIDORES, REPRESENTAÇÃO EVENTUAL, DESPESAS MIÚDAS DE PRONTO PAGAMENTO, DESPESAS QUE TENHAM DE SER EFETUADAS EM LUGAR DISTANTE DA SEDE DA PREFEITURA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -528,68 +528,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/130/plc_008_-_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/135/plc__009.22_-_altera_lc_60.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/152/plc_11-22_-_altera_plano_carreiras_camara.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/155/plc_012_-_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/166/plc_19_-_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/75/plo_revisao_geral_camara_-_servidores.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/122/plo_26_-_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/126/plo_27_-_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/127/plo_28_-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/128/plo_29_-_2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/130/plc_008_-_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/135/plc__009.22_-_altera_lc_60.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/152/plc_11-22_-_altera_plano_carreiras_camara.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/155/plc_012_-_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/166/plc_19_-_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/75/plo_revisao_geral_camara_-_servidores.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/122/plo_26_-_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/126/plo_27_-_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/127/plo_28_-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2022/128/plo_29_-_2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="126" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="112.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="111.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>