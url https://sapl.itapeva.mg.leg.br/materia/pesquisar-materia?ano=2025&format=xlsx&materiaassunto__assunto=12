--- v0 (2025-12-09)
+++ v1 (2026-03-12)
@@ -54,213 +54,213 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>DANIEL PEREIRA DO COUTO</t>
   </si>
   <si>
-    <t>https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/307/plc_001_-_2025.pdf</t>
+    <t>http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/307/plc_001_-_2025.pdf</t>
   </si>
   <si>
     <t>FIXA O VENCIMENTO BASE DO CARGO PÚBLICO DE PROFESSORES DE EDUCAÇÃO BÁSICA (PEB) E LICENCIATURA EM ENSINO FUNDAMENTAL (PLF), INSTITUIDO PELA LEI MUNICIPAL 652/1999 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/308/plc_002_-_2025.pdf</t>
+    <t>http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/308/plc_002_-_2025.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR 12 DE 19 DE FEVEREIRO DE 2009 E SUAS ALTERAÇÕES DADAS PELAS LEIS COMPLEMENTARES 16/2010, 32/2016, 35/2017,36/2017, 37/2017, 44/2018, 50/2019, 53/2020, 72/2022 E 76/2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/315/plc_004_-_2025.pdf</t>
+    <t>http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/315/plc_004_-_2025.pdf</t>
   </si>
   <si>
     <t>CRIA GRATIFICAÇÃO ESPECIAL PARA AGENTE DE CONTRATAÇÃO E MEMBROS DA EQUIPE DE APOIO DO FAPEMI - FUNDO DE APOSENTADORIA E PENSÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS DE ITAPEVA/MG EM CONFORMIDADE COM A LEI FEDERAL Nº 14.133, DE 1º DE ABRIL DE 2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/317/plc_005_-_2025.pdf</t>
+    <t>http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/317/plc_005_-_2025.pdf</t>
   </si>
   <si>
     <t>ALTERA A CARGA HORÁRIA E O SALÁRIO BASE DO CARGO DE FONOAUDIÓLOGO CONSTANTE NA LEI MUNICIPAL N.º 653,  DE 12 DE NOVEMBRO DE 1999, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/334/plc_009_-_2025.pdf</t>
+    <t>http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/334/plc_009_-_2025.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR N.º 42, DE 19 DE MARÇO DE 2018 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/335/plc_010_-_2025.pdf</t>
+    <t>http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/335/plc_010_-_2025.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N.º 653, DE 12 DE NOVEMBRO DE 1999, E A LEI MUNICIPAL N.º 652, DE 12 DE NOVEMBRO DE 1999, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/338/plc_012_-_2025.pdf</t>
+    <t>http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/338/plc_012_-_2025.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR Nº 19, DE 10 DE ABRIL DE 2012 PARA ATUALIZAÇÃO DO PISO SALARIAL DOS CARGOS DE AGENTE COMUNITÁRIO DE SAÚDE E AGENTE DE COMBATE A ENDEMIAS, CONFORME TERMOS DA EMENDA CONSTITUCIONAL N° 120/2022, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/350/plc_015_-_2025.pdf</t>
+    <t>http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/350/plc_015_-_2025.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR 12 DE 19 DE FEVEREIRO DE 2009 E SUAS ALTERAÇÕES DADAS PELAS LEIS COMPLEMENTARES 16/2010, 32/2016, 35/2017, 36/2017, 37/2017, 44/2018, 50/2019, 53/2020, 72/2022, 76/2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Mesa Diretora - MD, SANDRO DO OSWALDO, TONI JAPONÊS, WILL ELETRICISTA</t>
   </si>
   <si>
-    <t>https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/300/plo_001_-_2025.pdf</t>
+    <t>http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/300/plo_001_-_2025.pdf</t>
   </si>
   <si>
     <t>ATUALIZA SUBSÍDIO DO PREFEITO, VICE-PREFEITO, VEREADORES E SECRETÁRIOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/301/plo_002_-_2025.pdf</t>
+    <t>http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/301/plo_002_-_2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL DE VENCIMENTOS AOS SERVIDORES EFETIVOS E COMISSIONADOS DA CÂMARA MUNICIPAL DE ITAPEVA, NOS TERMOS DO INCISO X DO ART. 37 DA CONSTITUIÇÃO FEDERAL DE 1988.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>ALEX TIMBIRÉ, IVONETE BARROS, LUIZ PAULO DAS FLORES, MIDIÃ DA SAÚDE, RODRIGO GARCIA, SANDRO DO OSWALDO, TENENTE FRADIK, TONI JAPONÊS, WILL ELETRICISTA</t>
   </si>
   <si>
-    <t>https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/303/plo_003_-_2025.pdf</t>
+    <t>http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/303/plo_003_-_2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI VALE - ALIMENTAÇÃO AOS VEREADORES DA CÂMARA MUNICIPAL DE ITAPEVA - MG.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/309/plo_007_-_2025.pdf</t>
+    <t>http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/309/plo_007_-_2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL AO FUNCIONALISMO PÚBLICO MUNICIPAL, NOS TERMOS DO INCISO X DO ARTIGO 37 DA CONSTITUIÇÃO FEDERAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/325/plo_017_-_2025.pdf</t>
+    <t>http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/325/plo_017_-_2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CESSÃO DE SERVIDOR MUNICIPAL, CRIA GRATIFICAÇÃO ESPECIAL PARA AGENTE DE CONTRATAÇÃO E MEMBROS DA EQUIPE DE APOIO PARA ATUAREM NO INSTITUTO DE PREVIDÊNCIA MUNICIPAL DE ITAPEVA - FAPEMI EM CONFORMIDADE COM A LEI FEDERAL Nº 14.133, DE 1º DE ABRIL DE 2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/330/plo_022_-_2025.pdf</t>
+    <t>http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/330/plo_022_-_2025.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O PAGAMENTO DO INCENTIVO ADICIONAL REFERENTE AO COMPONENTE DE QUALIDADE NA ATENÇÃO PRIMÁRIA À SAÚDE (APS) NO MUNICÍPIO DE ITAPEVA - MG, CONFORME ESTABELECIDO NA PORTARIA Nº 3.493, DE 10 DE ABRIL DE 2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -567,68 +567,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/307/plc_001_-_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/308/plc_002_-_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/315/plc_004_-_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/317/plc_005_-_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/334/plc_009_-_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/335/plc_010_-_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/338/plc_012_-_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/350/plc_015_-_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/300/plo_001_-_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/301/plo_002_-_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/303/plo_003_-_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/309/plo_007_-_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/325/plo_017_-_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/330/plo_022_-_2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/307/plc_001_-_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/308/plc_002_-_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/315/plc_004_-_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/317/plc_005_-_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/334/plc_009_-_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/335/plc_010_-_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/338/plc_012_-_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/350/plc_015_-_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/300/plo_001_-_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/301/plo_002_-_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/303/plo_003_-_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/309/plo_007_-_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/325/plo_017_-_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapeva.mg.leg.br/media/sapl/public/materialegislativa/2025/330/plo_022_-_2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="150.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="88.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="87.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>